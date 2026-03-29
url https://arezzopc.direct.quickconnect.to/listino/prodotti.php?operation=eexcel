--- v0 (2025-12-17)
+++ v1 (2026-03-29)
@@ -29,63 +29,75 @@
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>Immagine</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Prezzo</t>
   </si>
   <si>
     <t>Categoria</t>
   </si>
   <si>
+    <t>immagini/5/small_P1010006.JPG</t>
+  </si>
+  <si>
+    <t>Vite piastrino</t>
+  </si>
+  <si>
+    <t>M2,2x6,5</t>
+  </si>
+  <si>
+    <t>0,10</t>
+  </si>
+  <si>
+    <t>Collari</t>
+  </si>
+  <si>
     <t>immagini/5/small_P1010031.JPG</t>
   </si>
   <si>
     <t>Cavo radio</t>
   </si>
   <si>
     <t>Prezzo al metro</t>
   </si>
   <si>
     <t>8,00</t>
-  </si>
-[...1 lines deleted...]
-    <t>Collari</t>
   </si>
   <si>
     <t>immagini/5/small_P1260020.JPG</t>
   </si>
   <si>
     <t>Sensore accensione</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2,00</t>
   </si>
   <si>
     <t>immagini/5/small_P1010005.JPG</t>
   </si>
   <si>
     <t>Vite coperchio</t>
   </si>
   <si>
     <t>M2,5x12</t>
   </si>
   <si>
     <t>0,20</t>
   </si>
@@ -109,132 +121,129 @@
     <t>immagini/5/small_P1010035.JPG</t>
   </si>
   <si>
     <t>Adattatore ricarica collare</t>
   </si>
   <si>
     <t>Trasforma jack 102 a collare</t>
   </si>
   <si>
     <t>9,00</t>
   </si>
   <si>
     <t>immagini/5/small_P1010004.JPG</t>
   </si>
   <si>
     <t>Vite maggiorata coperchio</t>
   </si>
   <si>
     <t>M3x16
 Per recuperare coperchi con fori danneggiati</t>
   </si>
   <si>
     <t>0,30</t>
   </si>
   <si>
+    <t>immagini/5/small_P1010009.JPG</t>
+  </si>
+  <si>
+    <t>Riparazione cpu</t>
+  </si>
+  <si>
+    <t>45,00</t>
+  </si>
+  <si>
     <t>immagini/5/small_P1010029.JPG</t>
   </si>
   <si>
     <t>Autotrasformatore</t>
   </si>
   <si>
     <t>Beeper e stimolo</t>
   </si>
   <si>
     <t>7,00</t>
   </si>
   <si>
     <t>immagini/5/small_P1260010.JPG</t>
   </si>
   <si>
     <t>Gps completo compatibile</t>
   </si>
   <si>
     <t>ESAURITI NON DISPONIBILI
 Resinato e compatibile con qualsiasi versione cpu/fw</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
-    <t>immagini/5/small_P1010009.JPG</t>
-[...7 lines deleted...]
-  <si>
     <t>immagini/5/small_P1260017.JPG</t>
   </si>
   <si>
     <t>Adattatore jack a collare</t>
   </si>
   <si>
     <t>Trasforma jack 5,5x2,5 a collare</t>
   </si>
   <si>
     <t>6,00</t>
   </si>
   <si>
     <t>immagini/5/small_P1010034.JPG</t>
   </si>
   <si>
     <t>Tappo siliconico antenna</t>
   </si>
   <si>
     <t>immagini/5/small_P1010003.JPG</t>
   </si>
   <si>
     <t>Vite plastica</t>
   </si>
   <si>
     <t>M4x14</t>
   </si>
   <si>
     <t>0,50</t>
   </si>
   <si>
     <t>immagini/5/small_P1260008.JPG</t>
   </si>
   <si>
     <t>Batteria 2000mah</t>
   </si>
   <si>
     <t>Cavi al silicone 24AWG</t>
   </si>
   <si>
     <t>immagini/5/small_P1010008.JPG</t>
   </si>
   <si>
     <t>Vite scocca</t>
   </si>
   <si>
-    <t>0,10</t>
-[...1 lines deleted...]
-  <si>
     <t>immagini/5/small_P1010033.JPG</t>
   </si>
   <si>
     <t>Antenna rinforzata</t>
   </si>
   <si>
     <t>4,00</t>
   </si>
   <si>
     <t>immagini/5/small_P1260027.JPG</t>
   </si>
   <si>
     <t>Speaker piezo</t>
   </si>
   <si>
     <t>3,00</t>
   </si>
   <si>
     <t>immagini/5/small_P1010038.JPG</t>
   </si>
   <si>
     <t>Cinturino</t>
   </si>
   <si>
     <t>Colori soggetti a disponibilità</t>
@@ -245,149 +254,152 @@
   <si>
     <t>immagini/5/small_P1010007.JPG</t>
   </si>
   <si>
     <t>Vite gps</t>
   </si>
   <si>
     <t>M4x6</t>
   </si>
   <si>
     <t>0,15</t>
   </si>
   <si>
     <t>immagini/5/small_P1010032.JPG</t>
   </si>
   <si>
     <t>Cavo gps</t>
   </si>
   <si>
     <t>immagini/5/small_P1260026.JPG</t>
   </si>
   <si>
     <t>Motore vibrazione</t>
   </si>
   <si>
-    <t>immagini/5/small_P1010006.JPG</t>
-[...5 lines deleted...]
-    <t>M2,2x6,5</t>
+    <t>immagini/3/small_P1260023.JPG</t>
+  </si>
+  <si>
+    <t>Connettore ricarica</t>
+  </si>
+  <si>
+    <t>Palmari 102</t>
   </si>
   <si>
     <t>immagini/3/small_P1010036.JPG</t>
   </si>
   <si>
     <t>Custodia neoprene</t>
   </si>
   <si>
     <t>Universale per 102 e 103</t>
   </si>
   <si>
     <t>15,00</t>
-  </si>
-[...10 lines deleted...]
-    <t>Trasforma jack 5,5x2,5 a palmare</t>
   </si>
   <si>
     <t>immagini/3/small_P1260008.JPG</t>
   </si>
   <si>
     <t>Batteria 3000mah</t>
   </si>
   <si>
     <t>Da saldare
 Senza connettore</t>
   </si>
   <si>
     <t>14,00</t>
+  </si>
+  <si>
+    <t>immagini/3/small_P1010030.JPG</t>
+  </si>
+  <si>
+    <t>Adattatore jack a jack</t>
+  </si>
+  <si>
+    <t>Trasforma jack 5,5x2,5 a palmare</t>
   </si>
   <si>
     <t>immagini/3/small_P1010001.JPG</t>
   </si>
   <si>
     <t>Bussola asse Z</t>
   </si>
   <si>
     <t>35,00</t>
   </si>
   <si>
     <t>immagini/3/small_P1260001.JPG</t>
   </si>
   <si>
     <t>Tappo antenna</t>
   </si>
   <si>
     <t>Realizzato in TPU nero</t>
   </si>
   <si>
     <t>5,00</t>
   </si>
   <si>
     <t>immagini/3/small_P1260003.JPG</t>
   </si>
   <si>
     <t>Display</t>
   </si>
   <si>
     <t>Scritte nere su sfondo bianco
 Scritte bianche su sfondo blu
 Scritte nere su sfondo giallo/verde
 Colori soggetti a disponibilità</t>
   </si>
   <si>
-    <t>immagini/3/small_P1260023.JPG</t>
-[...2 lines deleted...]
-    <t>Connettore ricarica</t>
+    <t>immagini/4/small_P1260009.JPG</t>
+  </si>
+  <si>
+    <t>Batteria 2800mah</t>
+  </si>
+  <si>
+    <t>Con connettore</t>
+  </si>
+  <si>
+    <t>18,00</t>
+  </si>
+  <si>
+    <t>Palmari 103</t>
   </si>
   <si>
     <t>immagini/4/small_P1260013.JPG</t>
   </si>
   <si>
     <t>Antenna media</t>
   </si>
   <si>
     <t>Lunghezza 10cm
 Portata circa 2,5km</t>
   </si>
   <si>
     <t>12,00</t>
-  </si>
-[...1 lines deleted...]
-    <t>Palmari 103</t>
   </si>
   <si>
     <t>immagini/4/small_P1260024.JPG</t>
   </si>
   <si>
     <t>Microusb C</t>
   </si>
   <si>
     <t>immagini/4/small_P1260012.JPG</t>
   </si>
   <si>
     <t>Antenna standard</t>
   </si>
   <si>
     <t>Lunghezza 20cm
 Portata come l'originale</t>
   </si>
   <si>
     <t>immagini/4/small_P1260002.JPG</t>
   </si>
   <si>
     <t>Tappo inferiore</t>
   </si>
   <si>
     <t>Realizzato in TPU nero
@@ -399,102 +411,90 @@
   <si>
     <t>Display seconda versione HW</t>
   </si>
   <si>
     <t>Scritte nere su sfondo bianco
 Scritte nere su sfondo blu
 Colori soggetti a disponibilità</t>
   </si>
   <si>
     <t>Display prima versione HW</t>
   </si>
   <si>
     <t>immagini/2/small_P1260014.JPG</t>
   </si>
   <si>
     <t>Antenna corta</t>
   </si>
   <si>
     <t>Lunghezza 5cm
 Portata circa 1,5km</t>
   </si>
   <si>
     <t>immagini/4/small_P1010036.JPG</t>
   </si>
   <si>
-    <t>immagini/4/small_P1260009.JPG</t>
-[...10 lines deleted...]
-  <si>
     <t>immagini/2/small_s-l1600.webp</t>
   </si>
   <si>
     <t>Custodia per Evomap</t>
   </si>
   <si>
     <t>Palmari Evomap/Unico</t>
   </si>
   <si>
     <t>immagini/2/small_P1260002.JPG</t>
   </si>
   <si>
     <t>immagini/2/small_P1260007.JPG</t>
   </si>
   <si>
+    <t>immagini/2/small_P1260005.JPG</t>
+  </si>
+  <si>
     <t>immagini/2/small_P1260022.JPG</t>
   </si>
   <si>
     <t>Microusb prima versione</t>
   </si>
   <si>
-    <t>immagini/2/small_P1260005.JPG</t>
-[...1 lines deleted...]
-  <si>
     <t>immagini/2/small_P1260021.JPG</t>
   </si>
   <si>
     <t>Microusb seconda versione</t>
   </si>
   <si>
     <t>immagini/2/small_P1260013.JPG</t>
   </si>
   <si>
+    <t>immagini/2/small_P1260012.JPG</t>
+  </si>
+  <si>
     <t>immagini/2/small_P1260025.JPG</t>
   </si>
   <si>
     <t>Lettore microsd</t>
-  </si>
-[...1 lines deleted...]
-    <t>immagini/2/small_P1260012.JPG</t>
   </si>
   <si>
     <t>immagini/7/small_P1260016.JPG</t>
   </si>
   <si>
     <t>Batteria collare TEK 2.0</t>
   </si>
   <si>
     <t>19,00</t>
   </si>
   <si>
     <t>Ricambi TEK</t>
   </si>
   <si>
     <t>immagini/7/small_P1260015.JPG</t>
   </si>
   <si>
     <t>Batteria collare TEK 1.0 1.5</t>
   </si>
   <si>
     <t>immagini/6/small_P1010002.JPG</t>
   </si>
   <si>
     <t>Moltiplicatore jack</t>
   </si>
@@ -1005,802 +1005,802 @@
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>30</v>
       </c>
       <c r="B8" t="s">
         <v>31</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>34</v>
       </c>
       <c r="B9" t="s">
         <v>35</v>
       </c>
       <c r="C9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" t="s">
         <v>38</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>40</v>
       </c>
       <c r="E10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>41</v>
       </c>
       <c r="B11" t="s">
         <v>42</v>
       </c>
       <c r="C11" t="s">
         <v>43</v>
       </c>
       <c r="D11" t="s">
         <v>44</v>
       </c>
       <c r="E11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>45</v>
       </c>
       <c r="B12" t="s">
         <v>46</v>
       </c>
       <c r="C12" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="E12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B13" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C13" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="D13" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>51</v>
       </c>
       <c r="B14" t="s">
         <v>52</v>
       </c>
       <c r="C14" t="s">
         <v>53</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="E14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C15" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="D15" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B16" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C16" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="D16" t="s">
-        <v>59</v>
+        <v>8</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>60</v>
       </c>
       <c r="B17" t="s">
         <v>61</v>
       </c>
       <c r="C17" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D17" t="s">
         <v>62</v>
       </c>
       <c r="E17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>63</v>
       </c>
       <c r="B18" t="s">
         <v>64</v>
       </c>
       <c r="C18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D18" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
+        <v>66</v>
+      </c>
+      <c r="B19" t="s">
         <v>67</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>68</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B20" t="s">
         <v>71</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>72</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="E20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B21" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="E21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B22" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C22" t="s">
-        <v>77</v>
+        <v>16</v>
       </c>
       <c r="D22" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="E22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>78</v>
       </c>
       <c r="B23" t="s">
         <v>79</v>
       </c>
       <c r="C23" t="s">
+        <v>16</v>
+      </c>
+      <c r="D23" t="s">
+        <v>65</v>
+      </c>
+      <c r="E23" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
+        <v>81</v>
+      </c>
+      <c r="B24" t="s">
+        <v>82</v>
+      </c>
+      <c r="C24" t="s">
         <v>83</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
         <v>84</v>
       </c>
-      <c r="C24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
+        <v>85</v>
+      </c>
+      <c r="B25" t="s">
         <v>86</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>87</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>88</v>
       </c>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
+        <v>89</v>
+      </c>
+      <c r="B26" t="s">
         <v>90</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>91</v>
       </c>
-      <c r="C26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>92</v>
+        <v>48</v>
       </c>
       <c r="E26" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
+        <v>92</v>
+      </c>
+      <c r="B27" t="s">
         <v>93</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
+        <v>16</v>
+      </c>
+      <c r="D27" t="s">
         <v>94</v>
       </c>
-      <c r="C27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
+        <v>95</v>
+      </c>
+      <c r="B28" t="s">
+        <v>96</v>
+      </c>
+      <c r="C28" t="s">
         <v>97</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
         <v>98</v>
       </c>
-      <c r="C28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
+        <v>99</v>
+      </c>
+      <c r="B29" t="s">
         <v>100</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>101</v>
       </c>
-      <c r="C29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" t="s">
-        <v>62</v>
+        <v>94</v>
       </c>
       <c r="E29" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>102</v>
       </c>
       <c r="B30" t="s">
         <v>103</v>
       </c>
       <c r="C30" t="s">
         <v>104</v>
       </c>
       <c r="D30" t="s">
         <v>105</v>
       </c>
       <c r="E30" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>107</v>
       </c>
       <c r="B31" t="s">
         <v>108</v>
       </c>
       <c r="C31" t="s">
-        <v>12</v>
+        <v>109</v>
       </c>
       <c r="D31" t="s">
-        <v>25</v>
+        <v>110</v>
       </c>
       <c r="E31" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B32" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C32" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="D32" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="E32" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B33" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C33" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D33" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="E33" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B34" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C34" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D34" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="E34" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B35" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C35" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="D35" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E35" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>119</v>
       </c>
       <c r="B36" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C36" t="s">
         <v>121</v>
       </c>
       <c r="D36" t="s">
-        <v>66</v>
+        <v>94</v>
       </c>
       <c r="E36" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B37" t="s">
-        <v>79</v>
+        <v>124</v>
       </c>
       <c r="C37" t="s">
-        <v>80</v>
+        <v>125</v>
       </c>
       <c r="D37" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
       <c r="E37" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B38" t="s">
-        <v>124</v>
+        <v>82</v>
       </c>
       <c r="C38" t="s">
-        <v>125</v>
+        <v>83</v>
       </c>
       <c r="D38" t="s">
-        <v>126</v>
+        <v>84</v>
       </c>
       <c r="E38" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>127</v>
       </c>
       <c r="B39" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C39" t="s">
         <v>128</v>
       </c>
       <c r="D39" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E39" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>130</v>
       </c>
       <c r="B40" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C40" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D40" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="E40" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>131</v>
       </c>
       <c r="B41" t="s">
-        <v>124</v>
+        <v>103</v>
       </c>
       <c r="C41" t="s">
-        <v>125</v>
+        <v>104</v>
       </c>
       <c r="D41" t="s">
-        <v>126</v>
+        <v>105</v>
       </c>
       <c r="E41" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>132</v>
       </c>
       <c r="B42" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="C42" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D42" t="s">
-        <v>62</v>
+        <v>94</v>
       </c>
       <c r="E42" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
+        <v>133</v>
+      </c>
+      <c r="B43" t="s">
         <v>134</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D43" t="s">
-        <v>92</v>
+        <v>65</v>
       </c>
       <c r="E43" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B44" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C44" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D44" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="E44" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>135</v>
       </c>
       <c r="B45" t="s">
         <v>136</v>
       </c>
       <c r="C45" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D45" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E45" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>137</v>
       </c>
       <c r="B46" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="C46" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="D46" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="E46" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>138</v>
       </c>
       <c r="B47" t="s">
-        <v>139</v>
+        <v>114</v>
       </c>
       <c r="C47" t="s">
-        <v>12</v>
+        <v>115</v>
       </c>
       <c r="D47" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="E47" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
+        <v>139</v>
+      </c>
+      <c r="B48" t="s">
         <v>140</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="D48" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="E48" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>141</v>
       </c>
       <c r="B49" t="s">
         <v>142</v>
       </c>
       <c r="C49" t="s">
-        <v>125</v>
+        <v>104</v>
       </c>
       <c r="D49" t="s">
         <v>143</v>
       </c>
       <c r="E49" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>145</v>
       </c>
       <c r="B50" t="s">
         <v>146</v>
       </c>
       <c r="C50" t="s">
-        <v>125</v>
+        <v>104</v>
       </c>
       <c r="D50" t="s">
         <v>143</v>
       </c>
       <c r="E50" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>147</v>
       </c>
       <c r="B51" t="s">
         <v>148</v>
       </c>
       <c r="C51" t="s">
         <v>149</v>
       </c>
       <c r="D51" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E51" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>151</v>
       </c>
       <c r="B52" t="s">
         <v>152</v>
       </c>
       <c r="C52" t="s">
         <v>153</v>
       </c>
       <c r="D52" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E52" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>154</v>
       </c>
       <c r="B53" t="s">
         <v>155</v>
       </c>
       <c r="C53" t="s">
         <v>156</v>
       </c>
       <c r="D53" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="E53" t="s">
         <v>150</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>